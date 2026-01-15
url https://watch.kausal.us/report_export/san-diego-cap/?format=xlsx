--- v0 (2025-10-09)
+++ v1 (2026-01-15)
@@ -10,265 +10,277 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Actions" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="808" uniqueCount="458">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="458">
   <si>
     <t>BE-1.1SA-1</t>
   </si>
   <si>
     <t>Complete an analysis of the City's building and housing stock.</t>
   </si>
   <si>
     <t>Completed</t>
   </si>
   <si>
     <t>On time</t>
   </si>
   <si>
     <t>BE-1.1a</t>
   </si>
   <si>
     <t>Develop a comprehensive building decarbonization roadmap.</t>
   </si>
   <si>
-    <t>In progress</t>
-[...2 lines deleted...]
-    <t>• Release draft of decarbonization roadmap [not started, due date: Sept. 30, 2025]
+    <t>Planning</t>
+  </si>
+  <si>
+    <t>• Release draft of decarbonization roadmap [in progress, due date: Dec. 31, 2026]
 • Establish Building Decarbonization Roadmap Team [in progress, due date: March 31, 2025]
 • Internal Research, including development of Building and Stock Housing Analysis report and an electrification feasibility study. [completed Dec. 31, 2024]</t>
   </si>
   <si>
     <t>BE-1.1SA-2</t>
   </si>
   <si>
     <t>Update the Building Energy Benchmarking Ordinance to expand enforcement and compliance.</t>
+  </si>
+  <si>
+    <t>In progress</t>
   </si>
   <si>
     <t>• Draft Council recommendation [in progress, due date: May 31, 2025]
 • Launch user-friendly Benchmarking Energy Analysis Manager (BEAM) platform to streamline reporting, compliance, and data analysis [completed March 31, 2024]
 • Vendor contract for Benchmarking Ordinance support finalized [completed Nov. 30, 2023]</t>
   </si>
   <si>
     <t>BE-1.1b</t>
   </si>
   <si>
     <t>Develop a Building Performance Standards (BPS) policy.</t>
   </si>
   <si>
-    <t>• BPS Ordinance Adoption [not started, due date: Dec. 31, 2025]
-[...1 lines deleted...]
-• Integrate assessment into decarbonization roadmap [not started, due date: June 30, 2025]
+    <t>• BPS Ordinance Adoption [not started, due date: Dec. 31, 2027]
+• Complete a cost analysis of performance targets [not started, due date: Dec. 31, 2026]
+• Integrate assessment into decarbonization roadmap [not started, due date: Dec. 31, 2026]
+• Assess existing benchmarking ordinance data collection for alignment with BPS. [in progress, due date: June 30, 2026]
 • Ongoing - Participation in White House BPS cohort; FY24-25 [in progress, due date: June 30, 2025]
 • Building Performance Standard recommendations from BPS WG [completed April 30, 2024]
 • City-led Building Performance Standards Working Group (BPS WG), which was convened for six meetings from November 2023 to April 2024 [completed April 30, 2024]</t>
   </si>
   <si>
     <t>BE-1.1SA-3</t>
   </si>
   <si>
     <t>Explore opportunities to increase onsite water reuse and irrigation for buildings.</t>
   </si>
   <si>
     <t>BE-1.1SA-4</t>
   </si>
   <si>
     <t>Prioritize cool roofs when feasible in energy efficiency building code update.</t>
   </si>
   <si>
-    <t>• Include cool roofs guidelines in a draft Building Performance Standard [not started, due date: Dec. 31, 2025]</t>
+    <t>• Include cool roofs guidelines in a draft Building Performance Standard [not started, due date: Dec. 31, 2026]
+• Include enhanced cool roof requirements in the 2025 Building Code Update [in progress, due date: Dec. 31, 2026]</t>
   </si>
   <si>
     <t>BE-1.1SA-5</t>
   </si>
   <si>
     <t>Identify funding sources for residential weatherization projects, appliance exchanges, and building retrofits in CoC's.</t>
   </si>
   <si>
-    <t>• Continue to identify funding sources to advance residential weatherization projects, appliance exchanges and broad building retrofits in Communities of Concern [in progress, due date: June 30, 2025]
+    <t>Continuous Action</t>
+  </si>
+  <si>
+    <t>• Continue to identify funding sources to advance residential weatherization projects, appliance exchanges and broad building retrofits in Communities of Concern [in progress, due date: Dec. 31, 2026]
+• HEART Program rebate distribution [in progress, due date: June 30, 2026]
 • The City of San Diego applied for, and received, EECBG funding for the FY 24-26 cycle [completed March 31, 2024]</t>
   </si>
   <si>
     <t>BE-1.1SA-6</t>
   </si>
   <si>
     <t>Expand residential Photovoltaic deployment incentives/programs</t>
   </si>
   <si>
     <t>• Issue a Request for Proposal (RFP) for Corporate Partners to promote affordable Solar PV and Battery Energy Storage Systems (BESS) city-wide with focus on Low-to-Moderate-Income households; FY24-25 [not started, due date: June 30, 2025]
 • Issued a Request for Information (RFI) for Corporate Partners to determine if any are offering affordable Solar PV and Battery Energy Storage Systems (BESS) city-wide with focus on Low-to-Moderate-Income households [completed Dec. 1, 2023]</t>
   </si>
   <si>
     <t>BE-1.1SA-7</t>
   </si>
   <si>
     <t>Develop programs to promote energy efficiency and load management technologies with an emphasis in Communities of Concern</t>
   </si>
   <si>
+    <t>• Continue to Explore opportunities to partner and develop programs to promote energy efficiency and load management technologies. [in progress, due date: Dec. 31, 2026]
+• The City launched the Home Electrification Affordability Rebates and Technical Assistance (HEART) Program [completed June 30, 2025]</t>
+  </si>
+  <si>
+    <t>BE-1.2a</t>
+  </si>
+  <si>
+    <t>Develop and adopt a Building Electrification policy...requiring new residential and commercial buildings to eliminate the use of natural gas...</t>
+  </si>
+  <si>
+    <t>Late</t>
+  </si>
+  <si>
+    <t>• Include supplemental energy efficiency requirements in the 2025 updates to the Building Code and Land Development Code [in progress, due date: Dec. 31, 2026]
+• Adopt a new construction reach code exceeding 2025 Title 24 Part 6 and Part 11 base code for commercial and residential construction. [in progress, due date: March 31, 2026]
+• [CANCELED] Adopt an electric preferred new construction reach code for single family and small multifamily residential construction [completed Jan. 31, 2025]
+• [CANCELED] First iteration of Reach Code ready for adoption [completed March 31, 2023]</t>
+  </si>
+  <si>
+    <t>BE-1.2SA-1</t>
+  </si>
+  <si>
+    <t>Prioritize cool roofs in energy efficiency building code update.</t>
+  </si>
+  <si>
+    <t>BE-1.2SA-2</t>
+  </si>
+  <si>
+    <t>Support new regional policies for alternative systems...to replace existing heating and cooling air systems and water systems</t>
+  </si>
+  <si>
+    <t>• Coordinate with SANDAG and San Diego Community Power on the regional Priority Climate Action Plan for the region. [completed March 1, 2024]</t>
+  </si>
+  <si>
+    <t>BE-1.2SA-3</t>
+  </si>
+  <si>
+    <t>Establish policies that incentivize developers to use less GHG intensive materials and practices...</t>
+  </si>
+  <si>
     <t>Not started</t>
-  </si>
-[...36 lines deleted...]
-    <t>Establish policies that incentivize developers to use less GHG intensive materials and practices...</t>
   </si>
   <si>
     <t>• Develop recommendations for an embodied carbon policy within the Building Decarbonization Roadmap [not started, due date: Dec. 31, 2025]
 • Create an embodied carbon guide to be used as educational material at ULI for private developers [not started, due date: Dec. 31, 2024]
 • Meet with other municipalities across the country (New York State, New York City, Los Angeles, Santa Barbara, Georgia) to learn about their embodied carbon policies [completed April 1, 2024]
 • Meet with non-profit and for-profit organizations and professionals who are subject experts in embodied carbon [completed April 1, 2024]
 • Conduct a survey of private sector developers, engineers, architects, material suppliers, policy professionals, and other stakeholders [completed March 1, 2024]</t>
   </si>
   <si>
     <t>BE-1.3a</t>
   </si>
   <si>
     <t>Develop municipal energy implementation plan and municipal zero carbon emissions buildings and operations policies.</t>
   </si>
   <si>
     <t>• Minor updates to ZEMBOP were completed [completed Dec. 31, 2024]
 • City Council adopts ZEMBOP [completed Oct. 31, 2022]
 • Release of the Municipal Energy Implementation Plan [completed June 9, 2022]</t>
   </si>
   <si>
     <t>BE-1.3SA-1</t>
   </si>
   <si>
     <t>Implement energy efficiency projects at City facilities to meet zero emissions goals...</t>
   </si>
   <si>
     <t>• Choose next partner and portfolio for Phase 2 ESPC [not started, due date: Dec. 31, 2026]
-• Execute Phase 1 Energy Savings Performance Contract (ESPC) for the first round of comprehensive clean energy upgrades [in progress, due date: Dec. 31, 2025]
+• Execute Phase 1 Energy Savings Performance Contract (ESPC) for the first round of comprehensive clean energy upgrades [in progress, due date: June 30, 2026]
 • North County Water Reclamation Plant Lighting Retrofits [in progress, due date: June 30, 2025]
 • South Bay Water Reclamation Plant project design phase completion [in progress, due date: June 30, 2025]
 • Metropolitan Biosolids Center Lighting Retrofits [in progress, due date: June 30, 2025]
 • Selected partner ESCO for Phase 1 (first round of comprehensive clean energy upgrades). [completed Oct. 31, 2023]
 • Chose portfolio of facilities for Phase 1 (first round of comprehensive clean energy upgrades) [completed Oct. 31, 2023]
 • Selected ESCO partners. [completed Aug. 31, 2023]
 • Performed initial round of ESCO partner evaluations [completed July 31, 2023]
 • Released RFQ for ESCO partners sought to identify and implement comprehensive clean energy solutions across existing municipal facilities. [completed May 31, 2023]
 • Hired third party owner’s representative to provide guidance and technical expertise throughout the performance contracting process. [completed Aug. 31, 2022]</t>
   </si>
   <si>
     <t>BE-1.3SA-2</t>
   </si>
   <si>
     <t>Identify and prioritize energy projects at City facilities that increase resiliency...</t>
   </si>
   <si>
     <t>• Begin implementation of the FEMA Hazard Mitigation Grant [in progress, due date: Dec. 31, 2025]
 • [Ongoing beyond the due date] Continue to seek grant funding to transform municipal facilities into “Resilience Hubs” equipped with renewable microgrids, EV charging, and other resilience features [in progress, due date: Dec. 31, 2025]
 • FEMA Hazard Mitigation Grant awarded [completed Dec. 31, 2024]
 • Initiate a pilot project that involves installation of renewable microgrids at critical municipal facilities including recreation centers, fire stations and police substations. [completed Dec. 31, 2019]
 • Participate in Solar Energy Innovation Network (SEIN) to gain an understanding of the tools available for planning renewable energy systems [completed Dec. 31, 2018]</t>
   </si>
   <si>
     <t>BE-1.3SA-3</t>
   </si>
   <si>
     <t>Implement technologies...at City facilities to meet the zero emissions goals...established in the Municipal Energy Strategy &amp; Implementation Plan.</t>
   </si>
   <si>
-    <t>• Execute Phase 1 Energy Savings Performance Contract (ESPC) for the first round of comprehensive clean energy upgrades [in progress, due date: Dec. 31, 2025]
+    <t>• Execute Phase 1 Energy Savings Performance Contract (ESPC) for the first round of comprehensive clean energy upgrades [in progress, due date: June 30, 2026]
+• Pilot a public-private partnership for solar and battery storage as part of new construction projects [in progress, due date: Dec. 31, 2025]
 • Choose next partner and portfolio for Phase 2 ESPC [not started, due date: Dec. 31, 2025]
-• Pilot a public-private partnership for solar and battery storage as part of new construction projects [in progress, due date: Dec. 31, 2025]
+• Pure Water Facility Area 190 Solar PV System Installation - design and permitting phase [in progress, due date: June 30, 2025]
 • Miramar Water Treatment Plant Solar PV Systems Installation [in progress, due date: June 30, 2025]
 • EMTS-Naval Training Center Lab Solar PV Systems Installation - design phase [in progress, due date: June 30, 2025]
-• Pure Water Facility Area 190 Solar PV System Installation - design and permitting phase [in progress, due date: June 30, 2025]
 • Employee Training &amp; Development Center Carport Solar PV Systems Installation [in progress, due date: June 30, 2025]
 • Chollas Solar PV Systems Installation [in progress, due date: June 30, 2025]
 • Selected Clean Energy Vendor partners. [completed Aug. 31, 2023]
 • Performed initial round of partner evaluations. [completed July 31, 2023]
 • Released RFQ for Clean Energy Vendors (ESCOs, solar and battery storage vendors, microgrid vendors) sought to identify and implement comprehensive clean energy solutions across existing municipal facilities. [completed May 30, 2023]
 • Operation of City Owned solar PV at Miramar WTP [completed Dec. 31, 2021]
 • Installation of solar PV and energy conservation measures within 3 libraries to reach zero net energy (ZNE) [completed Dec. 31, 2019]
 • Energization of 17 solar PV sites within the Onyx PPA Portfolio [completed Dec. 31, 2019]
 • Construction and operation of City Owned solar PV at Bayview Reservoir and MOC 4 [completed Dec. 31, 2018]</t>
   </si>
   <si>
     <t>BE-1.3SA-4</t>
   </si>
   <si>
     <t>Convert all street lights to LEDs and explore auto-dimming technology where public safety would not be compromised</t>
   </si>
   <si>
-    <t>• Expected completion of Street Lights Upgrade Grp 19-01 project [in progress, due date: March 31, 2025]</t>
+    <t>• Execute Phase 1 Energy Savings Performance Contract (ESPC) for the first round of comprehensive clean energy upgrades [in progress, due date: June 30, 2026]
+• Expected completion of Street Lights Upgrade Grp 19-01 project [in progress, due date: March 31, 2025]</t>
   </si>
   <si>
     <t>BE-1.3SA-5</t>
   </si>
   <si>
     <t>Convert all traffic signals to LED lights</t>
   </si>
   <si>
     <t>BE-1.3SA-6</t>
   </si>
   <si>
     <t>Future development on City-owned property will require and reward proposals based on decarbonization and other CAP goals</t>
   </si>
   <si>
     <t>BE-SA-1</t>
   </si>
   <si>
     <t>Remove high-Global Warming Potential refrigerants - develop a refrigerant management program that establishes a phaseout timeline for high-Global Warming Potential refrigerants</t>
   </si>
   <si>
     <t>BE-SA-2</t>
   </si>
   <si>
     <t>Advance workforce development programs for decarbonization including energy efficiency and renewable energy projects</t>
   </si>
@@ -294,171 +306,168 @@
     <t>RE-2.1-SA-2</t>
   </si>
   <si>
     <t>Develop financial support programs to incentivize deployment of building-scale renewables and mandate the use of renewables through building codes, while engaging residents and other stakeholders in the process.</t>
   </si>
   <si>
     <t>RE-2.1-SA-3</t>
   </si>
   <si>
     <t>Increase renewable generation at non-residential developments through new policies or incentive programs.</t>
   </si>
   <si>
     <t>RE-2.1-SA-4</t>
   </si>
   <si>
     <t>Facilitate local renewable energy resource deployment through land use code update</t>
   </si>
   <si>
     <t>RE-2.1-SA-5</t>
   </si>
   <si>
     <t>Deploy advanced renewable energy technologies (e.g. battery energy storage systems, microgrids, etc.) at municipal facilities to demonstrate feasibility.</t>
   </si>
   <si>
     <t>• Identify additional sites for microgrid deployment [in progress, due date: Dec. 31, 2035]
-• Complete the microgrid installations &amp; commence portfolio commercial operation [in progress, due date: Dec. 31, 2025]
+• Complete the microgrid installations &amp; commence portfolio commercial operation [in progress, due date: Dec. 31, 2026]
 • Apply for interconnection with SDG&amp;E [completed Dec. 31, 2024]
 • Initiated microgrid installations. [completed July 31, 2023]
 • Designed renewable microgrids with energy storage systems [completed April 30, 2022]
 • Executed Energy Management Services Agreement with Shell New Energies [completed June 30, 2021]
 • Selected microgrid pilot sites [completed Nov. 30, 2019]
 • Invited by Gridscape Solutions, Inc. to participate in an Advanced Solar Emergency Microgrids grant previously awarded by the California Energy Commission [completed Nov. 30, 2019]</t>
   </si>
   <si>
     <t>RE-2.1-SA-6</t>
   </si>
   <si>
     <t>Leverage municipal facilities to establish community solar and microgrid solutions when tariffs allow.</t>
   </si>
   <si>
-    <t>Planning</t>
-[...1 lines deleted...]
-  <si>
     <t>RE-2.1-SA-7</t>
   </si>
   <si>
     <t>Explore partnerships for a trade-in program for small landscape owners to transition to electric equipment.</t>
   </si>
   <si>
     <t>RE-2.2a</t>
   </si>
   <si>
     <t>Develop a City Fleet Vehicle Replacement and Electrification strategy consistent with the Municipal Energy Implementation Plan and state requirements for municipal electrification.</t>
   </si>
   <si>
     <t>• Fleet long-term electrification strategy expected [completed Dec. 31, 2024]
 • Fleet vehicle replacement strategy expected [completed Sept. 30, 2024]</t>
   </si>
   <si>
     <t>RE-2.2-SA-1</t>
   </si>
   <si>
     <t>Conduct City fleet electrification feasibility study to determine best siting, funding needs, and strategies including specific strategies for Chollas Operations Yard.</t>
   </si>
   <si>
     <t>• Fleet Operations Yards Electrification Assessment for Fleet vehicle dwell sites (90 sites) completed by consultant [completed Dec. 31, 2024]</t>
   </si>
   <si>
     <t>RE-2.2-SA-2</t>
   </si>
   <si>
     <t>Seek partnerships with SDCP, SDG&amp;E and others to install charging infrastructure for all vehicle types</t>
   </si>
   <si>
     <t>RE-2.2-SA-3</t>
   </si>
   <si>
     <t>Include stated preference for 100% renewable energy on publically available chargers on municipal land</t>
   </si>
   <si>
     <t>RE-2.2-SA-4</t>
   </si>
   <si>
     <t>Update AR35.80 to include EV vehicles to the list of preferred purchases</t>
   </si>
   <si>
     <t>RE-2.2-SA-5</t>
   </si>
   <si>
     <t>Update municipal parking yard electric infrastructure to support electric vehicle charging needs</t>
   </si>
   <si>
     <t>• (2025-2029) Utility upgrades performed concurrently with infrastructure updates [not started, due date: Dec. 31, 2029]
+• Release a Request for Proposals for a vendor to install and maintain electric vehicle chargers in municipal parking yards. [in progress, due date: Dec. 31, 2026]
 • Work with City departments to complete Fleet charging plans [not started, due date: Jan. 31, 2026]
-• Solicitation for fleet partnership with Energy Service Company expected [in progress, due date: May 31, 2025]
 • Master phased plan prioritizing fleet dwell sites for electric infrastructure expected from consultant [completed Dec. 31, 2024]
 • CIP initiation for Chollas yard electrification [completed July 1, 2024]</t>
   </si>
   <si>
     <t>RE-2.2-SA-6</t>
   </si>
   <si>
     <t>Create standards for the City’s purchase of fuel for fleet vehicles that contains the lowest levels of lifecycle GHG emissions available.</t>
   </si>
   <si>
     <t>RE-2.2-SA-7</t>
   </si>
   <si>
     <t>Explore pilot projects for a variety of grid resilience services (demand response, emergency back-up, demand charge reduction, etc.) through three modes of EV integration (Grid-to-Vehicle, Vehicle-to-Building, Vehicle-to-Grid)</t>
   </si>
   <si>
     <t>RE-2.3a</t>
   </si>
   <si>
     <t>Develop a city-wide electric vehicle strategy to accelerate EV adoption...</t>
   </si>
   <si>
     <t>• Finalize ZEV Strategy [completed March 14, 2024]
 • Draft ZEV strategy complete [completed March 14, 2024]</t>
   </si>
   <si>
     <t>RE-2.3-SA-1</t>
   </si>
   <si>
     <t>Set a goal to install public EV charging stations on city property to support EV adoption in Communities of Concern.</t>
   </si>
   <si>
     <t>• Vendor installs public EV charging stations at recreation centers and libraries [in progress, due date: Dec. 31, 2027]
 • Execute contract with selected vendor [completed May 13, 2024]
 • Notice of intent to award issued [completed Nov. 30, 2023]
 • Request for Proposal (RFP) issued [completed March 21, 2023]</t>
   </si>
   <si>
     <t>RE-2.3-SA-2</t>
   </si>
   <si>
     <t>Work with local businesses to expand EV charging stations on commercial property</t>
   </si>
   <si>
     <t>RE-2.3-SA-3</t>
   </si>
   <si>
     <t>Amend the building code update to expand EV charging stations requirements...</t>
   </si>
   <si>
-    <t>• Complete and adopt amended building code [in progress, due date: Dec. 31, 2024]</t>
+    <t>• Adopt the 2025 California Building Standards Code [in progress, due date: Dec. 31, 2026]</t>
   </si>
   <si>
     <t>RE-2.3-SA-4</t>
   </si>
   <si>
     <t>Amend the building code to require charging stations for electric bicycles.</t>
   </si>
   <si>
     <t>RE-2.3-SA-5</t>
   </si>
   <si>
     <t>Explore the development of a citywide policy for surplus land...to be considered for EV charging sites...</t>
   </si>
   <si>
     <t>RE-2.3-SA-6</t>
   </si>
   <si>
     <t>Continue...to support the conversion of the school bus fleet to zero emissions vehicles.</t>
   </si>
   <si>
     <t>RE-2.3-SA-7</t>
   </si>
   <si>
     <t>Work with SANDAG, APCD and MTS to procure a fully zero emissions bus fleet</t>
   </si>
@@ -468,53 +477,50 @@
   <si>
     <t>Work with SANDAG, APCD, U.S. Navy, the Port of San Diego and other partners on medium and heavy duty (MD/HD) ZEV infrastructure planning.</t>
   </si>
   <si>
     <t>MLU-3.1a</t>
   </si>
   <si>
     <t>Develop Safe Routes to Schools safety plans; start a San Diego Safe Routes to Schools program focusing on Communities of Concern and underperforming schools</t>
   </si>
   <si>
     <t>• Incorporate SRTS planning into the Bicycle Master Plan Update Supplemental Activities [not started, due date: June 30, 2028]
 • Applied for ATP Cycle 6 SRTS funding (not awarded) [completed June 30, 2022]
 • Applied for ATP Cycle 5 SRTS funding (not awarded) [completed June 30, 2020]</t>
   </si>
   <si>
     <t>MLU-3.1-SA1</t>
   </si>
   <si>
     <t>Adopt City portions of SANDAG's forthcoming first mile/last mile initiative and incorporate Safe Routes to Transit strategies in Transit Priority Areas</t>
   </si>
   <si>
     <t>MLU-3.1-SA2</t>
   </si>
   <si>
     <t>Partner with public safety to review and reform education programs and enforcement policies related to pedestrian and traffic safety.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Continuous Action</t>
   </si>
   <si>
     <t>• Complete STEP activities for current grant period [in progress, due date: Sept. 30, 2024]
 • Complete Pedestrian and Bicycle Safety Program activities for current grant period [in progress, due date: Sept. 30, 2024]
 • Completed Pedestrian and Bicycle Safety Program activities [completed Sept. 30, 2023]
 • Completed STEP grant activities [completed Sept. 30, 2023]</t>
   </si>
   <si>
     <t>MLU-3.1-SA3</t>
   </si>
   <si>
     <t>Increase education campaigns to improve motorist behavior to result in a safer right-of-way for bicyclists and pedestrians.</t>
   </si>
   <si>
     <t>MLU-3.1-SA4</t>
   </si>
   <si>
     <t>Amend the code and street design manual to include standards for pedestrian oriented street lighting in neighborhoods and alleyways.</t>
   </si>
   <si>
     <t>• Complete and release an update to the Street Design Manual [in progress, due date: Dec. 31, 2024]
 • Draft of Street Design Manual update completed [completed March 31, 2024]</t>
   </si>
   <si>
     <t>MLU-3.1-SA5</t>
@@ -1958,1451 +1964,1457 @@
       </c>
       <c r="F2" s="2">
         <v>45671.55653711806</v>
       </c>
       <c r="G2" s="3">
         <v>87.7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="2">
-        <v>45695.54766956018</v>
+        <v>46000.50920482639</v>
       </c>
       <c r="G3" s="3">
         <v>87.7</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F4" s="2">
         <v>45671.556939375</v>
       </c>
       <c r="G4" s="3">
         <v>48.73</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="50" customHeight="1">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F5" s="2">
-        <v>45695.56771538194</v>
+        <v>46000.51973539352</v>
       </c>
       <c r="G5" s="3">
         <v>48.73</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="50" customHeight="1">
       <c r="A6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="2">
         <v>45929.69815174768</v>
       </c>
       <c r="G6" s="3">
         <v>11.27</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="50" customHeight="1">
       <c r="A7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="2">
-        <v>45916.53336739583</v>
+        <v>46000.53775393518</v>
       </c>
       <c r="G7" s="3">
         <v>35.36</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="50" customHeight="1">
       <c r="A8" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F8" s="2">
-        <v>45916.53392685185</v>
+        <v>46000.54928850695</v>
       </c>
       <c r="G8" s="3">
         <v>71.93000000000001</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="50" customHeight="1">
       <c r="A9" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="2">
-        <v>45735.64722275463</v>
+        <v>46001.43262350695</v>
       </c>
       <c r="G9" s="3">
         <v>56.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="50" customHeight="1">
       <c r="A10" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>27</v>
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F10" s="2">
-        <v>45484.7435865625</v>
+        <v>46000.55562018519</v>
       </c>
       <c r="G10" s="3">
         <v>30.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="50" customHeight="1">
       <c r="A11" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F11" s="2">
-        <v>45695.58601559028</v>
+        <v>46000.56893134259</v>
       </c>
       <c r="G11" s="3">
         <v>57.05</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="50" customHeight="1">
       <c r="A12" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="2">
-        <v>45916.53583538195</v>
+        <v>46000.5611955787</v>
       </c>
       <c r="G12" s="3">
         <v>35.36</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="50" customHeight="1">
       <c r="A13" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" s="2">
-        <v>45916.5352803588</v>
+        <v>46000.57646766204</v>
       </c>
       <c r="G13" s="3">
         <v>36.66</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="50" customHeight="1">
       <c r="A14" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F14" s="2">
         <v>45930.44105116898</v>
       </c>
       <c r="G14" s="3">
         <v>32.27</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="50" customHeight="1">
       <c r="A15" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F15" s="2">
         <v>45735.6525303125</v>
       </c>
       <c r="G15" s="3">
         <v>46.77</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="50" customHeight="1">
       <c r="A16" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F16" s="2">
-        <v>45735.65291540509</v>
+        <v>46000.58482895833</v>
       </c>
       <c r="G16" s="3">
         <v>48.83</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F17" s="2">
-        <v>45735.65560844907</v>
+        <v>46000.58194793981</v>
       </c>
       <c r="G17" s="3">
         <v>53.78</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F18" s="2">
-        <v>45735.65630059028</v>
+        <v>46000.58541365741</v>
       </c>
       <c r="G18" s="3">
         <v>47.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F19" s="2">
-        <v>45467.51805606482</v>
+        <v>46000.58444938657</v>
       </c>
       <c r="G19" s="3">
         <v>45.41</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="50" customHeight="1">
       <c r="A20" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="2">
         <v>45467.51919408565</v>
       </c>
       <c r="G20" s="3">
         <v>22.16</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="50" customHeight="1">
       <c r="A21" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F21" s="2">
         <v>45735.65668901621</v>
       </c>
       <c r="G21" s="3">
         <v>28.29</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F22" s="2">
         <v>45922.55350621528</v>
       </c>
       <c r="G22" s="3">
         <v>28.16</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="2">
-        <v>45916.5370412037</v>
+        <v>46000.58729119213</v>
       </c>
       <c r="G23" s="3">
         <v>33.5</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F24" s="2">
         <v>45916.53976949074</v>
       </c>
       <c r="G24" s="3">
         <v>40.66</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="50" customHeight="1">
       <c r="A25" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="2">
         <v>45916.52307216435</v>
       </c>
       <c r="G25" s="3">
         <v>44.15</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="2">
-        <v>45916.52347591435</v>
+        <v>46000.62432787037</v>
       </c>
       <c r="G26" s="3">
         <v>39.76</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="2">
-        <v>45467.53874900463</v>
+        <v>46000.65820181713</v>
       </c>
       <c r="G27" s="3">
         <v>49.43</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F28" s="2">
         <v>45467.54681496528</v>
       </c>
       <c r="G28" s="3">
         <v>37.27</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="2">
-        <v>45467.54801751157</v>
+        <v>46000.59087763889</v>
       </c>
       <c r="G29" s="3">
         <v>34.39</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F30" s="2">
-        <v>45702.55468564815</v>
+        <v>46000.59243675926</v>
       </c>
       <c r="G30" s="3">
         <v>37.79</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="50" customHeight="1">
       <c r="A31" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="2">
-        <v>45467.57543436343</v>
+        <v>46000.64400400463</v>
       </c>
       <c r="G31" s="3">
         <v>38.03</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="50" customHeight="1">
       <c r="A32" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="2">
         <v>45467.57584909722</v>
       </c>
       <c r="G32" s="3">
         <v>33.19</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="50" customHeight="1">
       <c r="A33" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F33" s="2">
         <v>45735.65698174768</v>
       </c>
       <c r="G33" s="3">
         <v>49.78</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F34" s="2">
         <v>45735.65721122685</v>
       </c>
       <c r="G34" s="3">
         <v>49.78</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="50" customHeight="1">
       <c r="A35" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="2">
         <v>45916.54155440972</v>
       </c>
       <c r="G35" s="3">
         <v>43.9</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="50" customHeight="1">
       <c r="A36" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="2">
         <v>45546.46230412037</v>
       </c>
       <c r="G36" s="3">
         <v>32.33</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="50" customHeight="1">
       <c r="A37" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="2">
         <v>45755.43214677084</v>
       </c>
       <c r="G37" s="3">
         <v>32.33</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="50" customHeight="1">
       <c r="A38" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F38" s="2">
-        <v>45735.65746447917</v>
+        <v>46000.66125052083</v>
       </c>
       <c r="G38" s="3">
         <v>44.87</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="50" customHeight="1">
       <c r="A39" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="2">
         <v>45735.65774421296</v>
       </c>
       <c r="G39" s="3">
         <v>45.14</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="50" customHeight="1">
       <c r="A40" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>27</v>
+        <v>10</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="F40" s="2">
-        <v>45735.66137657408</v>
+        <v>46000.66489506944</v>
       </c>
       <c r="G40" s="3">
         <v>34.9</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="50" customHeight="1">
       <c r="A41" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F41" s="2">
         <v>45604.63569480324</v>
       </c>
       <c r="G41" s="3">
         <v>77.5</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="50" customHeight="1">
       <c r="A42" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F42" s="2">
         <v>45904.71446554398</v>
       </c>
       <c r="G42" s="3">
         <v>77.5</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="50" customHeight="1">
       <c r="A43" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="2">
         <v>45546.51182488426</v>
       </c>
       <c r="G43" s="3">
         <v>41.2</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="50" customHeight="1">
       <c r="A44" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F44" s="2">
-        <v>45546.58519074074</v>
+        <v>46000.695428125</v>
       </c>
       <c r="G44" s="3">
         <v>69.40000000000001</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="50" customHeight="1">
       <c r="A45" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="2">
         <v>45546.59781760417</v>
       </c>
       <c r="G45" s="3">
         <v>36.81</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="50" customHeight="1">
       <c r="A46" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F46" s="2">
         <v>45735.66190726852</v>
       </c>
       <c r="G46" s="3">
         <v>26.99</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="50" customHeight="1">
       <c r="A47" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F47" s="2">
         <v>45925.66669689815</v>
       </c>
       <c r="G47" s="3">
         <v>40.96</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="50" customHeight="1">
       <c r="A48" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F48" s="2">
         <v>45546.61178193287</v>
       </c>
       <c r="G48" s="3">
         <v>62.15</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="50" customHeight="1">
       <c r="A49" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F49" s="2">
         <v>45735.66221855324</v>
       </c>
       <c r="G49" s="3">
         <v>64.88</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="50" customHeight="1">
       <c r="A50" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F50" s="2">
         <v>45546.62738590278</v>
       </c>
       <c r="G50" s="3">
         <v>59.74</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="50" customHeight="1">
       <c r="A51" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="2">
         <v>45735.73173784722</v>
       </c>
       <c r="G51" s="3">
         <v>43.93</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="50" customHeight="1">
       <c r="A52" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F52" s="2">
         <v>45916.51824810185</v>
       </c>
       <c r="G52" s="3">
         <v>47.87</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="50" customHeight="1">
       <c r="A53" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="2">
         <v>45916.51786214121</v>
       </c>
       <c r="G53" s="3">
         <v>39.62</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="50" customHeight="1">
       <c r="A54" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="F54" s="2">
         <v>45735.73248719907</v>
       </c>
       <c r="G54" s="3">
         <v>47.53</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="50" customHeight="1">
       <c r="A55" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F55" s="2">
         <v>45916.52032800926</v>
       </c>
       <c r="G55" s="3">
         <v>53.38</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="50" customHeight="1">
       <c r="A56" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>143</v>
       </c>
       <c r="F56" s="2">
         <v>45604.64998163194</v>
       </c>
       <c r="G56" s="3">
         <v>39.32</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="50" customHeight="1">
       <c r="A57" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>146</v>
       </c>
       <c r="F57" s="2">
         <v>45604.65108400463</v>
       </c>
       <c r="G57" s="3">
         <v>37.87</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="50" customHeight="1">
       <c r="A58" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="2">
         <v>45546.78454017361</v>
       </c>
       <c r="G58" s="3">
         <v>42.58</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="50" customHeight="1">
       <c r="A59" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F59" s="2">
         <v>45770.36545509259</v>
       </c>
       <c r="G59" s="3">
         <v>65.68000000000001</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="50" customHeight="1">
       <c r="A60" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F60" s="2">
         <v>45916.55173123843</v>
       </c>
       <c r="G60" s="3">
         <v>47.89</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="50" customHeight="1">
       <c r="A61" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>157</v>
       </c>
       <c r="F61" s="2">
         <v>45735.73748024306</v>
       </c>
       <c r="G61" s="3">
         <v>41.74</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="50" customHeight="1">
       <c r="A62" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F62" s="2">
         <v>45735.73777421296</v>
       </c>
       <c r="G62" s="3">
         <v>41.38</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="50" customHeight="1">
       <c r="A63" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F63" s="2">
         <v>45916.51728815972</v>
       </c>
       <c r="G63" s="3">
         <v>50.5</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="50" customHeight="1">
       <c r="A64" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F64" s="2">
         <v>45916.51693659723</v>
       </c>
       <c r="G64" s="3">
         <v>50.29</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="50" customHeight="1">
       <c r="A65" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F65" s="2">
         <v>45547.38946575231</v>
       </c>
       <c r="G65" s="3">
         <v>37.3</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="50" customHeight="1">
       <c r="A66" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F66" s="2">
         <v>45938.38972363426</v>
       </c>
       <c r="G66" s="3">
         <v>46.44</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="50" customHeight="1">
       <c r="A67" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F67" s="2">
         <v>45916.51998506945</v>
       </c>
       <c r="G67" s="3">
         <v>35.31</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="50" customHeight="1">
       <c r="A68" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F68" s="2">
         <v>45916.51974768518</v>
       </c>
       <c r="G68" s="3">
         <v>35.31</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="50" customHeight="1">
       <c r="A69" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F69" s="2">
         <v>45755.43160475694</v>
       </c>
       <c r="G69" s="3">
         <v>39.54</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="50" customHeight="1">
       <c r="A70" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>177</v>
       </c>
       <c r="F70" s="2">
         <v>45547.55746047453</v>
       </c>
       <c r="G70" s="3">
         <v>40.65</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="50" customHeight="1">
       <c r="A71" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D71" s="1" t="s">
@@ -3421,483 +3433,483 @@
       </c>
       <c r="B72" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F72" s="2">
         <v>45547.56673898148</v>
       </c>
       <c r="G72" s="3">
         <v>47.91</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="50" customHeight="1">
       <c r="A73" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F73" s="2">
         <v>45735.73879815972</v>
       </c>
       <c r="G73" s="3">
         <v>37.4</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="50" customHeight="1">
       <c r="A74" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F74" s="2">
         <v>45547.59106449074</v>
       </c>
       <c r="G74" s="3">
         <v>46.34</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="50" customHeight="1">
       <c r="A75" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>189</v>
       </c>
       <c r="F75" s="2">
         <v>45916.51451020833</v>
       </c>
       <c r="G75" s="3">
         <v>44.98</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="50" customHeight="1">
       <c r="A76" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F76" s="2">
         <v>45916.51370366898</v>
       </c>
       <c r="G76" s="3">
         <v>52.15</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="50" customHeight="1">
       <c r="A77" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F77" s="2">
         <v>45547.61108041667</v>
       </c>
       <c r="G77" s="3">
         <v>51.57</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="50" customHeight="1">
       <c r="A78" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F78" s="2">
         <v>45547.61312788194</v>
       </c>
       <c r="G78" s="3">
         <v>47.05</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="50" customHeight="1">
       <c r="A79" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F79" s="2">
         <v>45547.62741033565</v>
       </c>
       <c r="G79" s="3">
         <v>43.69</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="50" customHeight="1">
       <c r="A80" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>200</v>
       </c>
       <c r="F80" s="2">
         <v>45938.39084831018</v>
       </c>
       <c r="G80" s="3">
         <v>34.8</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="50" customHeight="1">
       <c r="A81" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F81" s="2">
         <v>45547.6695403125</v>
       </c>
       <c r="G81" s="3">
         <v>73.48</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="50" customHeight="1">
       <c r="A82" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>206</v>
       </c>
       <c r="F82" s="2">
         <v>45916.44210627315</v>
       </c>
       <c r="G82" s="3">
         <v>44.59</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="50" customHeight="1">
       <c r="A83" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F83" s="2">
         <v>45468.40966247685</v>
       </c>
       <c r="G83" s="3">
         <v>46.97</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="50" customHeight="1">
       <c r="A84" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F84" s="2">
         <v>45735.74590319445</v>
       </c>
       <c r="G84" s="3">
         <v>31.36</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="50" customHeight="1">
       <c r="A85" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F85" s="2">
         <v>45929.69468688657</v>
       </c>
       <c r="G85" s="3">
         <v>55.14</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="50" customHeight="1">
       <c r="A86" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F86" s="2">
         <v>45916.44613820602</v>
       </c>
       <c r="G86" s="3">
         <v>44.1</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="50" customHeight="1">
       <c r="A87" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F87" s="2">
         <v>45929.69739768519</v>
       </c>
       <c r="G87" s="3">
         <v>51.52</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="50" customHeight="1">
       <c r="A88" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>219</v>
       </c>
       <c r="F88" s="2">
         <v>45916.43664332176</v>
       </c>
       <c r="G88" s="3">
         <v>40.88</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="50" customHeight="1">
       <c r="A89" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F89" s="2">
         <v>45916.43129486111</v>
       </c>
       <c r="G89" s="3">
         <v>43.81</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="50" customHeight="1">
       <c r="A90" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F90" s="2">
         <v>45916.43081349537</v>
       </c>
       <c r="G90" s="3">
         <v>42.02</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="50" customHeight="1">
       <c r="A91" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F91" s="2">
         <v>45916.44519002315</v>
       </c>
       <c r="G91" s="3">
         <v>55.14</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="50" customHeight="1">
       <c r="A92" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F92" s="2">
         <v>45468.43233840278</v>
       </c>
       <c r="G92" s="3">
         <v>47.34</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="50" customHeight="1">
       <c r="A93" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>230</v>
       </c>
       <c r="F93" s="2">
         <v>45468.43272502315</v>
       </c>
       <c r="G93" s="3">
         <v>43.18</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="50" customHeight="1">
       <c r="A94" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>233</v>
       </c>
       <c r="F94" s="2">
         <v>45547.7107555787</v>
       </c>
       <c r="G94" s="3">
         <v>47.71</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="50" customHeight="1">
       <c r="A95" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D95" s="1" t="s">
@@ -3919,220 +3931,220 @@
       </c>
       <c r="C96" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>238</v>
       </c>
       <c r="F96" s="2">
         <v>45468.44440495371</v>
       </c>
       <c r="G96" s="3">
         <v>46.87</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="50" customHeight="1">
       <c r="A97" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F97" s="2">
         <v>45547.71641164352</v>
       </c>
       <c r="G97" s="3">
         <v>48.7</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="50" customHeight="1">
       <c r="A98" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F98" s="2">
         <v>45548.36719295139</v>
       </c>
       <c r="G98" s="3">
         <v>47.71</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="50" customHeight="1">
       <c r="A99" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F99" s="2">
         <v>45547.73147936343</v>
       </c>
       <c r="G99" s="3">
         <v>46.54</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="50" customHeight="1">
       <c r="A100" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F100" s="2">
         <v>45547.7301744213</v>
       </c>
       <c r="G100" s="3">
         <v>49.87</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="50" customHeight="1">
       <c r="A101" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>250</v>
       </c>
       <c r="F101" s="2">
         <v>45548.36108634259</v>
       </c>
       <c r="G101" s="3">
         <v>47.71</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="50" customHeight="1">
       <c r="A102" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F102" s="2">
         <v>45916.42519934028</v>
       </c>
       <c r="G102" s="3">
         <v>44.24</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="50" customHeight="1">
       <c r="A103" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F103" s="2">
         <v>45916.42320769676</v>
       </c>
       <c r="G103" s="3">
         <v>43.02</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="50" customHeight="1">
       <c r="A104" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>257</v>
       </c>
       <c r="F104" s="2">
         <v>45548.38262265046</v>
       </c>
       <c r="G104" s="3">
         <v>38.64</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="50" customHeight="1">
       <c r="A105" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>260</v>
       </c>
       <c r="F105" s="2">
         <v>45916.42255097222</v>
       </c>
       <c r="G105" s="3">
         <v>34.63</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="50" customHeight="1">
       <c r="A106" s="1" t="s">
         <v>261</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D106" s="1" t="s">
@@ -4154,1152 +4166,1152 @@
       </c>
       <c r="C107" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>265</v>
       </c>
       <c r="F107" s="2">
         <v>45548.38841850695</v>
       </c>
       <c r="G107" s="3">
         <v>41.76</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="50" customHeight="1">
       <c r="A108" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>268</v>
       </c>
       <c r="F108" s="2">
         <v>45911.65019326389</v>
       </c>
       <c r="G108" s="3">
         <v>57.74</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="50" customHeight="1">
       <c r="A109" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F109" s="2">
         <v>45735.72014112269</v>
       </c>
       <c r="G109" s="3">
         <v>52.33</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="50" customHeight="1">
       <c r="A110" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F110" s="2">
         <v>45735.69836472222</v>
       </c>
       <c r="G110" s="3">
         <v>51.53</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="50" customHeight="1">
       <c r="A111" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F111" s="2">
         <v>45735.69401957176</v>
       </c>
       <c r="G111" s="3">
         <v>66.16</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="50" customHeight="1">
       <c r="A112" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F112" s="2">
         <v>45917.68033403935</v>
       </c>
       <c r="G112" s="3">
         <v>63.8</v>
       </c>
     </row>
     <row r="113" spans="1:7" ht="50" customHeight="1">
       <c r="A113" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F113" s="2">
         <v>45911.65930818287</v>
       </c>
       <c r="G113" s="3">
         <v>63.8</v>
       </c>
     </row>
     <row r="114" spans="1:7" ht="50" customHeight="1">
       <c r="A114" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F114" s="2">
         <v>45911.65880013889</v>
       </c>
       <c r="G114" s="3">
         <v>40.67</v>
       </c>
     </row>
     <row r="115" spans="1:7" ht="50" customHeight="1">
       <c r="A115" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F115" s="2">
         <v>45925.49927180556</v>
       </c>
       <c r="G115" s="3">
         <v>68.47</v>
       </c>
     </row>
     <row r="116" spans="1:7" ht="50" customHeight="1">
       <c r="A116" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F116" s="2">
         <v>45911.65826157408</v>
       </c>
       <c r="G116" s="3">
         <v>55.33</v>
       </c>
     </row>
     <row r="117" spans="1:7" ht="50" customHeight="1">
       <c r="A117" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F117" s="2">
         <v>45911.65083180556</v>
       </c>
       <c r="G117" s="3">
         <v>57.64</v>
       </c>
     </row>
     <row r="118" spans="1:7" ht="50" customHeight="1">
       <c r="A118" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F118" s="2">
         <v>45929.70586711806</v>
       </c>
       <c r="G118" s="3">
         <v>46.87</v>
       </c>
     </row>
     <row r="119" spans="1:7" ht="50" customHeight="1">
       <c r="A119" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F119" s="2">
         <v>45735.66531326389</v>
       </c>
       <c r="G119" s="3">
         <v>58.15</v>
       </c>
     </row>
     <row r="120" spans="1:7" ht="50" customHeight="1">
       <c r="A120" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F120" s="2">
         <v>45735.66476111111</v>
       </c>
       <c r="G120" s="3">
         <v>58.15</v>
       </c>
     </row>
     <row r="121" spans="1:7" ht="50" customHeight="1">
       <c r="A121" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F121" s="2">
         <v>45911.64827002315</v>
       </c>
       <c r="G121" s="3">
         <v>42.7</v>
       </c>
     </row>
     <row r="122" spans="1:7" ht="50" customHeight="1">
       <c r="A122" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F122" s="2">
         <v>45468.50173329861</v>
       </c>
       <c r="G122" s="3">
         <v>45.54</v>
       </c>
     </row>
     <row r="123" spans="1:7" ht="50" customHeight="1">
       <c r="A123" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>300</v>
       </c>
       <c r="F123" s="2">
         <v>45917.59228321759</v>
       </c>
       <c r="G123" s="3">
         <v>33.13</v>
       </c>
     </row>
     <row r="124" spans="1:7" ht="50" customHeight="1">
       <c r="A124" s="1" t="s">
         <v>301</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F124" s="2">
         <v>45755.43410145833</v>
       </c>
       <c r="G124" s="3">
         <v>54.83</v>
       </c>
     </row>
     <row r="125" spans="1:7" ht="50" customHeight="1">
       <c r="A125" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F125" s="2">
         <v>45548.44636199074</v>
       </c>
       <c r="G125" s="3">
         <v>47.32</v>
       </c>
     </row>
     <row r="126" spans="1:7" ht="50" customHeight="1">
       <c r="A126" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F126" s="2">
         <v>45755.44187618056</v>
       </c>
       <c r="G126" s="3">
         <v>36.37</v>
       </c>
     </row>
     <row r="127" spans="1:7" ht="50" customHeight="1">
       <c r="A127" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>309</v>
       </c>
       <c r="F127" s="2">
         <v>45608.42517462963</v>
       </c>
       <c r="G127" s="3">
         <v>55.92</v>
       </c>
     </row>
     <row r="128" spans="1:7" ht="50" customHeight="1">
       <c r="A128" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>312</v>
       </c>
       <c r="F128" s="2">
         <v>45755.44911064815</v>
       </c>
       <c r="G128" s="3">
         <v>47.02</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="50" customHeight="1">
       <c r="A129" s="1" t="s">
         <v>313</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F129" s="2">
         <v>45468.5090237037</v>
       </c>
       <c r="G129" s="3">
         <v>34.89</v>
       </c>
     </row>
     <row r="130" spans="1:7" ht="50" customHeight="1">
       <c r="A130" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F130" s="2">
         <v>45548.46096857639</v>
       </c>
       <c r="G130" s="3">
         <v>54.91</v>
       </c>
     </row>
     <row r="131" spans="1:7" ht="50" customHeight="1">
       <c r="A131" s="1" t="s">
         <v>317</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F131" s="2">
         <v>45468.51189511574</v>
       </c>
       <c r="G131" s="3">
         <v>29.87</v>
       </c>
     </row>
     <row r="132" spans="1:7" ht="50" customHeight="1">
       <c r="A132" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F132" s="2">
         <v>45548.4633690625</v>
       </c>
       <c r="G132" s="3">
         <v>42.61</v>
       </c>
     </row>
     <row r="133" spans="1:7" ht="50" customHeight="1">
       <c r="A133" s="1" t="s">
         <v>321</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F133" s="2">
         <v>45468.51284002315</v>
       </c>
       <c r="G133" s="3">
         <v>33.37</v>
       </c>
     </row>
     <row r="134" spans="1:7" ht="50" customHeight="1">
       <c r="A134" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>325</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>326</v>
       </c>
       <c r="F134" s="2">
         <v>45468.51430796296</v>
       </c>
       <c r="G134" s="3">
         <v>30.53</v>
       </c>
     </row>
     <row r="135" spans="1:7" ht="50" customHeight="1">
       <c r="A135" s="1" t="s">
         <v>327</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F135" s="2">
         <v>45548.53877306713</v>
       </c>
       <c r="G135" s="3">
         <v>52.84</v>
       </c>
     </row>
     <row r="136" spans="1:7" ht="50" customHeight="1">
       <c r="A136" s="1" t="s">
         <v>329</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>331</v>
       </c>
       <c r="F136" s="2">
         <v>45755.4554932176</v>
       </c>
       <c r="G136" s="3">
         <v>34.89</v>
       </c>
     </row>
     <row r="137" spans="1:7" ht="50" customHeight="1">
       <c r="A137" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F137" s="2">
         <v>45548.54737061343</v>
       </c>
       <c r="G137" s="3">
         <v>20.63</v>
       </c>
     </row>
     <row r="138" spans="1:7" ht="50" customHeight="1">
       <c r="A138" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F138" s="2">
         <v>45638.6388840162</v>
       </c>
       <c r="G138" s="3">
         <v>48.64</v>
       </c>
     </row>
     <row r="139" spans="1:7" ht="50" customHeight="1">
       <c r="A139" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F139" s="2">
         <v>45468.5259859375</v>
       </c>
       <c r="G139" s="3">
         <v>43.2</v>
       </c>
     </row>
     <row r="140" spans="1:7" ht="50" customHeight="1">
       <c r="A140" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F140" s="2">
         <v>45911.63026721065</v>
       </c>
       <c r="G140" s="3">
         <v>17.3</v>
       </c>
     </row>
     <row r="141" spans="1:7" ht="50" customHeight="1">
       <c r="A141" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F141" s="2">
         <v>45755.47273608796</v>
       </c>
       <c r="G141" s="3">
         <v>26.22</v>
       </c>
     </row>
     <row r="142" spans="1:7" ht="50" customHeight="1">
       <c r="A142" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>344</v>
       </c>
       <c r="F142" s="2">
         <v>45911.62645371527</v>
       </c>
       <c r="G142" s="3">
         <v>30.05</v>
       </c>
     </row>
     <row r="143" spans="1:7" ht="50" customHeight="1">
       <c r="A143" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F143" s="2">
         <v>45468.53657920139</v>
       </c>
       <c r="G143" s="3">
         <v>41.55</v>
       </c>
     </row>
     <row r="144" spans="1:7" ht="50" customHeight="1">
       <c r="A144" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F144" s="2">
         <v>45468.53940771991</v>
       </c>
       <c r="G144" s="3">
         <v>41.55</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="50" customHeight="1">
       <c r="A145" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F145" s="2">
         <v>45755.46725950231</v>
       </c>
       <c r="G145" s="3">
         <v>28.81</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="50" customHeight="1">
       <c r="A146" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F146" s="2">
         <v>45468.54071452546</v>
       </c>
       <c r="G146" s="3">
         <v>18.72</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="50" customHeight="1">
       <c r="A147" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F147" s="2">
         <v>45548.5857833912</v>
       </c>
       <c r="G147" s="3">
         <v>16.3</v>
       </c>
     </row>
     <row r="148" spans="1:7" ht="50" customHeight="1">
       <c r="A148" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>357</v>
       </c>
       <c r="F148" s="2">
         <v>45608.42837634259</v>
       </c>
       <c r="G148" s="3">
         <v>12.66</v>
       </c>
     </row>
     <row r="149" spans="1:7" ht="50" customHeight="1">
       <c r="A149" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>360</v>
       </c>
       <c r="F149" s="2">
         <v>45929.71008471065</v>
       </c>
       <c r="G149" s="3">
         <v>41.98</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="50" customHeight="1">
       <c r="A150" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F150" s="2">
         <v>45755.46968957176</v>
       </c>
       <c r="G150" s="3">
         <v>42.3</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="50" customHeight="1">
       <c r="A151" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F151" s="2">
         <v>45735.6628569676</v>
       </c>
       <c r="G151" s="3">
         <v>31.98</v>
       </c>
     </row>
     <row r="152" spans="1:7" ht="50" customHeight="1">
       <c r="A152" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>367</v>
       </c>
       <c r="F152" s="2">
         <v>45548.63156032407</v>
       </c>
       <c r="G152" s="3">
         <v>48.83</v>
       </c>
     </row>
     <row r="153" spans="1:7" ht="50" customHeight="1">
       <c r="A153" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F153" s="2">
         <v>45911.62491210648</v>
       </c>
       <c r="G153" s="3">
         <v>51.41</v>
       </c>
     </row>
     <row r="154" spans="1:7" ht="50" customHeight="1">
       <c r="A154" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F154" s="2">
         <v>45548.64312578704</v>
       </c>
       <c r="G154" s="3">
         <v>40.42</v>
       </c>
     </row>
     <row r="155" spans="1:7" ht="50" customHeight="1">
       <c r="A155" s="1" t="s">
         <v>372</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F155" s="2">
         <v>45916.66448584491</v>
       </c>
       <c r="G155" s="3">
         <v>39.11</v>
       </c>
     </row>
     <row r="156" spans="1:7" ht="50" customHeight="1">
       <c r="A156" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F156" s="2">
         <v>45911.60372815972</v>
       </c>
       <c r="G156" s="3">
         <v>30.66</v>
       </c>
     </row>
     <row r="157" spans="1:7" ht="50" customHeight="1">
       <c r="A157" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F157" s="2">
         <v>45911.60166800926</v>
       </c>
       <c r="G157" s="3">
         <v>50.01</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="50" customHeight="1">
       <c r="A158" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F158" s="2">
         <v>45548.65765835648</v>
       </c>
       <c r="G158" s="3">
         <v>36.89</v>
       </c>
     </row>
     <row r="159" spans="1:7" ht="50" customHeight="1">
       <c r="A159" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F159" s="2">
         <v>45911.60060474537</v>
       </c>
       <c r="G159" s="3">
         <v>34.59</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="50" customHeight="1">
       <c r="A160" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>384</v>
       </c>
       <c r="F160" s="2">
         <v>45548.6713055787</v>
       </c>
       <c r="G160" s="3">
         <v>65.44</v>
       </c>
     </row>
     <row r="161" spans="1:7" ht="50" customHeight="1">
       <c r="A161" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F161" s="2">
         <v>45930.33293181713</v>
       </c>
       <c r="G161" s="3">
         <v>65.2</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="50" customHeight="1">
       <c r="A162" s="1" t="s">
         <v>388</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F162" s="2">
         <v>45911.58898440973</v>
       </c>
       <c r="G162" s="3">
         <v>65.2</v>
       </c>
     </row>
     <row r="163" spans="1:7" ht="50" customHeight="1">
       <c r="A163" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F163" s="2">
@@ -5315,571 +5327,571 @@
       </c>
       <c r="B164" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F164" s="2">
         <v>45548.70377565972</v>
       </c>
       <c r="G164" s="3">
         <v>45.14</v>
       </c>
     </row>
     <row r="165" spans="1:7" ht="50" customHeight="1">
       <c r="A165" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F165" s="2">
         <v>45548.70502480324</v>
       </c>
       <c r="G165" s="3">
         <v>63.04</v>
       </c>
     </row>
     <row r="166" spans="1:7" ht="50" customHeight="1">
       <c r="A166" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F166" s="2">
         <v>45548.71171865741</v>
       </c>
       <c r="G166" s="3">
         <v>26.9</v>
       </c>
     </row>
     <row r="167" spans="1:7" ht="50" customHeight="1">
       <c r="A167" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F167" s="2">
         <v>45909.58454576389</v>
       </c>
       <c r="G167" s="3">
         <v>9.15</v>
       </c>
     </row>
     <row r="168" spans="1:7" ht="50" customHeight="1">
       <c r="A168" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F168" s="2">
         <v>45548.7153665625</v>
       </c>
       <c r="G168" s="3">
         <v>65.2</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="50" customHeight="1">
       <c r="A169" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F169" s="2">
         <v>45548.71814899306</v>
       </c>
       <c r="G169" s="3">
         <v>15.15</v>
       </c>
     </row>
     <row r="170" spans="1:7" ht="50" customHeight="1">
       <c r="A170" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>405</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F170" s="2">
         <v>45909.58254769676</v>
       </c>
       <c r="G170" s="3">
         <v>46.47</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="50" customHeight="1">
       <c r="A171" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F171" s="2">
         <v>45909.58219435185</v>
       </c>
       <c r="G171" s="3">
         <v>39.14</v>
       </c>
     </row>
     <row r="172" spans="1:7" ht="50" customHeight="1">
       <c r="A172" s="1" t="s">
         <v>408</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>409</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F172" s="2">
         <v>45930.33807664352</v>
       </c>
       <c r="G172" s="3">
         <v>31.98</v>
       </c>
     </row>
     <row r="173" spans="1:7" ht="50" customHeight="1">
       <c r="A173" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F173" s="2">
         <v>45911.58863751157</v>
       </c>
       <c r="G173" s="3">
         <v>63.04</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="50" customHeight="1">
       <c r="A174" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F174" s="2">
         <v>45911.58805737268</v>
       </c>
       <c r="G174" s="3">
         <v>65.44</v>
       </c>
     </row>
     <row r="175" spans="1:7" ht="50" customHeight="1">
       <c r="A175" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F175" s="2">
         <v>45909.58132414352</v>
       </c>
       <c r="G175" s="3">
         <v>46.12</v>
       </c>
     </row>
     <row r="176" spans="1:7" ht="50" customHeight="1">
       <c r="A176" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F176" s="2">
         <v>45909.58092765047</v>
       </c>
       <c r="G176" s="3">
         <v>15.15</v>
       </c>
     </row>
     <row r="177" spans="1:7" ht="50" customHeight="1">
       <c r="A177" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F177" s="2">
         <v>45548.73182915509</v>
       </c>
       <c r="G177" s="3">
         <v>22.58</v>
       </c>
     </row>
     <row r="178" spans="1:7" ht="50" customHeight="1">
       <c r="A178" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F178" s="2">
         <v>45909.58048653935</v>
       </c>
       <c r="G178" s="3">
         <v>29.31</v>
       </c>
     </row>
     <row r="179" spans="1:7" ht="50" customHeight="1">
       <c r="A179" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F179" s="2">
         <v>45930.33765665509</v>
       </c>
       <c r="G179" s="3">
         <v>29.31</v>
       </c>
     </row>
     <row r="180" spans="1:7" ht="50" customHeight="1">
       <c r="A180" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F180" s="2">
         <v>45551.39803002315</v>
       </c>
       <c r="G180" s="3">
         <v>49.9</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="50" customHeight="1">
       <c r="A181" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F181" s="2">
         <v>45551.40472016203</v>
       </c>
       <c r="G181" s="3">
         <v>15.15</v>
       </c>
     </row>
     <row r="182" spans="1:7" ht="50" customHeight="1">
       <c r="A182" s="1" t="s">
         <v>428</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>430</v>
       </c>
       <c r="F182" s="2">
         <v>45909.57856283565</v>
       </c>
       <c r="G182" s="3">
         <v>37.37</v>
       </c>
     </row>
     <row r="183" spans="1:7" ht="50" customHeight="1">
       <c r="A183" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F183" s="2">
         <v>45909.57656306713</v>
       </c>
       <c r="G183" s="3">
         <v>14.83</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="50" customHeight="1">
       <c r="A184" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>435</v>
       </c>
       <c r="F184" s="2">
         <v>45909.57608888889</v>
       </c>
       <c r="G184" s="3">
         <v>33.4</v>
       </c>
     </row>
     <row r="185" spans="1:7" ht="50" customHeight="1">
       <c r="A185" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F185" s="2">
         <v>45551.43178505787</v>
       </c>
       <c r="G185" s="3">
         <v>21.96</v>
       </c>
     </row>
     <row r="186" spans="1:7" ht="50" customHeight="1">
       <c r="A186" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F186" s="2">
         <v>45918.61723436342</v>
       </c>
       <c r="G186" s="3">
         <v>47.53</v>
       </c>
     </row>
     <row r="187" spans="1:7" ht="50" customHeight="1">
       <c r="A187" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>442</v>
       </c>
       <c r="F187" s="2">
         <v>45551.44521019676</v>
       </c>
       <c r="G187" s="3">
         <v>35.3</v>
       </c>
     </row>
     <row r="188" spans="1:7" ht="50" customHeight="1">
       <c r="A188" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F188" s="2">
         <v>45923.46770678241</v>
       </c>
       <c r="G188" s="3">
         <v>48.13</v>
       </c>
     </row>
     <row r="189" spans="1:7" ht="50" customHeight="1">
       <c r="A189" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>442</v>
       </c>
       <c r="F189" s="2">
         <v>45551.45525581019</v>
       </c>
       <c r="G189" s="3">
         <v>31.08</v>
       </c>
     </row>
     <row r="190" spans="1:7" ht="50" customHeight="1">
       <c r="A190" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F190" s="2">
         <v>45923.54643490741</v>
       </c>
       <c r="G190" s="3">
         <v>48.25</v>
       </c>
     </row>
     <row r="191" spans="1:7" ht="50" customHeight="1">
       <c r="A191" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F191" s="2">
         <v>45551.46463425926</v>
       </c>
       <c r="G191" s="3">
         <v>49.28</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G191">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>